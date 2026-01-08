--- v0 (2025-10-21)
+++ v1 (2026-01-08)
@@ -24,54 +24,54 @@
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\RA Development\Departmental Projects\New Forms\2025 09 18 - For upload\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\RA Development\Departmental Projects\New Forms\2025 11 18 - For upload\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2854BE4E-5C03-489A-8097-D54733A9447E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{91B0EE21-6172-4AA5-B7FF-3279C775D49B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FRONT PAGE" sheetId="1" r:id="rId1"/>
     <sheet name="DETAILED CHANGES" sheetId="6" r:id="rId2"/>
     <sheet name="LOOKUPS" sheetId="3" state="hidden" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="bDateChange">'FRONT PAGE'!$AH$3</definedName>
     <definedName name="bNewTasks">'FRONT PAGE'!$AH$4</definedName>
     <definedName name="bReduction">'FRONT PAGE'!#REF!</definedName>
     <definedName name="bUplift">'FRONT PAGE'!$AH$5</definedName>
     <definedName name="bVirement">'FRONT PAGE'!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'DETAILED CHANGES'!$1:$2</definedName>
     <definedName name="rngEndDate">[1]PROJECT!$B$8</definedName>
     <definedName name="rngStartDate">[1]PROJECT!$B$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
@@ -561,50 +561,51 @@
   <c r="Y51" i="6" s="1"/>
   <c r="Q52" i="6"/>
   <c r="Y52" i="6" s="1"/>
   <c r="Q53" i="6"/>
   <c r="Z53" i="6" s="1"/>
   <c r="Q54" i="6"/>
   <c r="T54" i="6" s="1"/>
   <c r="Q55" i="6"/>
   <c r="W55" i="6" s="1"/>
   <c r="Q56" i="6"/>
   <c r="V56" i="6" s="1"/>
   <c r="Q57" i="6"/>
   <c r="V57" i="6" s="1"/>
   <c r="Q58" i="6"/>
   <c r="Q59" i="6"/>
   <c r="V59" i="6" s="1"/>
   <c r="Q60" i="6"/>
   <c r="Q61" i="6"/>
   <c r="V61" i="6" s="1"/>
   <c r="Q62" i="6"/>
   <c r="Q63" i="6"/>
   <c r="V63" i="6" s="1"/>
   <c r="Q64" i="6"/>
   <c r="X64" i="6" s="1"/>
   <c r="Q65" i="6"/>
+  <c r="V65" i="6" s="1"/>
   <c r="Q66" i="6"/>
   <c r="Q67" i="6"/>
   <c r="V67" i="6" s="1"/>
   <c r="Q68" i="6"/>
   <c r="V68" i="6" s="1"/>
   <c r="Q69" i="6"/>
   <c r="Z69" i="6" s="1"/>
   <c r="Q70" i="6"/>
   <c r="Q71" i="6"/>
   <c r="V71" i="6" s="1"/>
   <c r="Q72" i="6"/>
   <c r="V72" i="6" s="1"/>
   <c r="Q73" i="6"/>
   <c r="V73" i="6" s="1"/>
   <c r="Q74" i="6"/>
   <c r="Q75" i="6"/>
   <c r="Z75" i="6" s="1"/>
   <c r="Q76" i="6"/>
   <c r="V76" i="6" s="1"/>
   <c r="Q77" i="6"/>
   <c r="V77" i="6" s="1"/>
   <c r="Q78" i="6"/>
   <c r="Z78" i="6" s="1"/>
   <c r="Q79" i="6"/>
   <c r="X79" i="6" s="1"/>
@@ -647,50 +648,51 @@
   <c r="Z99" i="6" s="1"/>
   <c r="Q100" i="6"/>
   <c r="V100" i="6" s="1"/>
   <c r="Q101" i="6"/>
   <c r="Z101" i="6" s="1"/>
   <c r="Q102" i="6"/>
   <c r="Y102" i="6" s="1"/>
   <c r="Q103" i="6"/>
   <c r="W103" i="6" s="1"/>
   <c r="Q104" i="6"/>
   <c r="W104" i="6" s="1"/>
   <c r="Q105" i="6"/>
   <c r="V105" i="6" s="1"/>
   <c r="Q106" i="6"/>
   <c r="Q107" i="6"/>
   <c r="X107" i="6" s="1"/>
   <c r="Q108" i="6"/>
   <c r="Q109" i="6"/>
   <c r="V109" i="6" s="1"/>
   <c r="Q110" i="6"/>
   <c r="Q111" i="6"/>
   <c r="X111" i="6" s="1"/>
   <c r="Q112" i="6"/>
   <c r="V112" i="6" s="1"/>
   <c r="Q113" i="6"/>
+  <c r="V113" i="6" s="1"/>
   <c r="Q114" i="6"/>
   <c r="Q115" i="6"/>
   <c r="X115" i="6" s="1"/>
   <c r="Q116" i="6"/>
   <c r="Q117" i="6"/>
   <c r="Z117" i="6" s="1"/>
   <c r="Q118" i="6"/>
   <c r="Z118" i="6" s="1"/>
   <c r="Q119" i="6"/>
   <c r="Y119" i="6" s="1"/>
   <c r="Q120" i="6"/>
   <c r="V120" i="6" s="1"/>
   <c r="Q121" i="6"/>
   <c r="V121" i="6" s="1"/>
   <c r="Q122" i="6"/>
   <c r="Y122" i="6" s="1"/>
   <c r="Q123" i="6"/>
   <c r="Y123" i="6" s="1"/>
   <c r="Q124" i="6"/>
   <c r="V124" i="6" s="1"/>
   <c r="Q125" i="6"/>
   <c r="V125" i="6" s="1"/>
   <c r="Q126" i="6"/>
   <c r="Q127" i="6"/>
   <c r="X127" i="6" s="1"/>
@@ -734,50 +736,51 @@
   <c r="T148" i="6" s="1"/>
   <c r="Q149" i="6"/>
   <c r="Z149" i="6" s="1"/>
   <c r="Q150" i="6"/>
   <c r="X150" i="6" s="1"/>
   <c r="Q151" i="6"/>
   <c r="X151" i="6" s="1"/>
   <c r="Q152" i="6"/>
   <c r="V152" i="6" s="1"/>
   <c r="Q153" i="6"/>
   <c r="V153" i="6" s="1"/>
   <c r="Q154" i="6"/>
   <c r="Y154" i="6" s="1"/>
   <c r="Q155" i="6"/>
   <c r="Z155" i="6" s="1"/>
   <c r="Q156" i="6"/>
   <c r="X156" i="6" s="1"/>
   <c r="Q157" i="6"/>
   <c r="V157" i="6" s="1"/>
   <c r="Q158" i="6"/>
   <c r="Q159" i="6"/>
   <c r="V159" i="6" s="1"/>
   <c r="Q160" i="6"/>
   <c r="V160" i="6" s="1"/>
   <c r="Q161" i="6"/>
+  <c r="Z161" i="6" s="1"/>
   <c r="Q162" i="6"/>
   <c r="Q163" i="6"/>
   <c r="Q164" i="6"/>
   <c r="V164" i="6" s="1"/>
   <c r="Q165" i="6"/>
   <c r="Z165" i="6" s="1"/>
   <c r="Q166" i="6"/>
   <c r="Z166" i="6" s="1"/>
   <c r="Q167" i="6"/>
   <c r="Y167" i="6" s="1"/>
   <c r="Q168" i="6"/>
   <c r="Q169" i="6"/>
   <c r="V169" i="6" s="1"/>
   <c r="Q170" i="6"/>
   <c r="Q171" i="6"/>
   <c r="V171" i="6" s="1"/>
   <c r="Q172" i="6"/>
   <c r="Q173" i="6"/>
   <c r="V173" i="6" s="1"/>
   <c r="Q174" i="6"/>
   <c r="Q175" i="6"/>
   <c r="X175" i="6" s="1"/>
   <c r="Q176" i="6"/>
   <c r="V176" i="6" s="1"/>
   <c r="Q177" i="6"/>
@@ -793,50 +796,51 @@
   <c r="Q183" i="6"/>
   <c r="X183" i="6" s="1"/>
   <c r="Q184" i="6"/>
   <c r="V184" i="6" s="1"/>
   <c r="Q185" i="6"/>
   <c r="V185" i="6" s="1"/>
   <c r="Q186" i="6"/>
   <c r="Q187" i="6"/>
   <c r="Y187" i="6" s="1"/>
   <c r="Q188" i="6"/>
   <c r="Q189" i="6"/>
   <c r="V189" i="6" s="1"/>
   <c r="Q190" i="6"/>
   <c r="Q191" i="6"/>
   <c r="W191" i="6" s="1"/>
   <c r="Q192" i="6"/>
   <c r="V192" i="6" s="1"/>
   <c r="Q193" i="6"/>
   <c r="Q194" i="6"/>
   <c r="Z194" i="6" s="1"/>
   <c r="Q195" i="6"/>
   <c r="X195" i="6" s="1"/>
   <c r="Q196" i="6"/>
   <c r="V196" i="6" s="1"/>
   <c r="Q197" i="6"/>
+  <c r="V197" i="6" s="1"/>
   <c r="Q198" i="6"/>
   <c r="Q199" i="6"/>
   <c r="X199" i="6" s="1"/>
   <c r="Q200" i="6"/>
   <c r="R24" i="6"/>
   <c r="R25" i="6"/>
   <c r="R26" i="6"/>
   <c r="R27" i="6"/>
   <c r="R28" i="6"/>
   <c r="R29" i="6"/>
   <c r="R30" i="6"/>
   <c r="R31" i="6"/>
   <c r="AB31" i="6" s="1"/>
   <c r="R32" i="6"/>
   <c r="R33" i="6"/>
   <c r="R34" i="6"/>
   <c r="R35" i="6"/>
   <c r="AB35" i="6" s="1"/>
   <c r="R36" i="6"/>
   <c r="R37" i="6"/>
   <c r="R38" i="6"/>
   <c r="R39" i="6"/>
   <c r="R40" i="6"/>
   <c r="R41" i="6"/>
   <c r="R42" i="6"/>
@@ -1176,169 +1180,165 @@
   <c r="S179" i="6"/>
   <c r="S180" i="6"/>
   <c r="S181" i="6"/>
   <c r="S182" i="6"/>
   <c r="S183" i="6"/>
   <c r="S184" i="6"/>
   <c r="S185" i="6"/>
   <c r="S186" i="6"/>
   <c r="S187" i="6"/>
   <c r="S188" i="6"/>
   <c r="S189" i="6"/>
   <c r="S190" i="6"/>
   <c r="S191" i="6"/>
   <c r="S192" i="6"/>
   <c r="S193" i="6"/>
   <c r="S194" i="6"/>
   <c r="S195" i="6"/>
   <c r="S196" i="6"/>
   <c r="S197" i="6"/>
   <c r="S198" i="6"/>
   <c r="S199" i="6"/>
   <c r="S200" i="6"/>
   <c r="V37" i="6"/>
   <c r="V49" i="6"/>
   <c r="V53" i="6"/>
-  <c r="V65" i="6"/>
   <c r="V75" i="6"/>
   <c r="V79" i="6"/>
   <c r="V85" i="6"/>
   <c r="V97" i="6"/>
-  <c r="V101" i="6"/>
-[...1 lines deleted...]
-  <c r="V113" i="6"/>
   <c r="V133" i="6"/>
   <c r="V139" i="6"/>
   <c r="V145" i="6"/>
   <c r="V149" i="6"/>
   <c r="V151" i="6"/>
-  <c r="V161" i="6"/>
   <c r="V181" i="6"/>
-  <c r="V183" i="6"/>
   <c r="V193" i="6"/>
-  <c r="V197" i="6"/>
   <c r="W35" i="6"/>
-  <c r="W51" i="6"/>
-  <c r="W67" i="6"/>
   <c r="W91" i="6"/>
   <c r="W107" i="6"/>
   <c r="W143" i="6"/>
   <c r="W167" i="6"/>
   <c r="W199" i="6"/>
   <c r="X27" i="6"/>
   <c r="X51" i="6"/>
   <c r="X55" i="6"/>
   <c r="X95" i="6"/>
   <c r="X99" i="6"/>
   <c r="X131" i="6"/>
-  <c r="X135" i="6"/>
   <c r="X159" i="6"/>
   <c r="X171" i="6"/>
   <c r="Y27" i="6"/>
   <c r="Y55" i="6"/>
   <c r="Y59" i="6"/>
   <c r="Y79" i="6"/>
   <c r="Y87" i="6"/>
   <c r="Y107" i="6"/>
   <c r="Y115" i="6"/>
   <c r="Y131" i="6"/>
-  <c r="Y135" i="6"/>
-  <c r="Y151" i="6"/>
   <c r="Y163" i="6"/>
   <c r="Y191" i="6"/>
   <c r="Z25" i="6"/>
   <c r="Z31" i="6"/>
   <c r="Z35" i="6"/>
-  <c r="Z41" i="6"/>
   <c r="Z47" i="6"/>
   <c r="Z49" i="6"/>
   <c r="Z63" i="6"/>
-  <c r="Z65" i="6"/>
   <c r="Z73" i="6"/>
   <c r="Z79" i="6"/>
-  <c r="Z89" i="6"/>
   <c r="Z91" i="6"/>
   <c r="Z95" i="6"/>
   <c r="Z97" i="6"/>
   <c r="Z103" i="6"/>
   <c r="Z111" i="6"/>
-  <c r="Z113" i="6"/>
   <c r="Z121" i="6"/>
   <c r="Z135" i="6"/>
-  <c r="Z137" i="6"/>
   <c r="Z145" i="6"/>
-  <c r="Z151" i="6"/>
-  <c r="Z161" i="6"/>
   <c r="Z163" i="6"/>
   <c r="Z167" i="6"/>
   <c r="Z169" i="6"/>
   <c r="Z175" i="6"/>
   <c r="Z183" i="6"/>
-  <c r="Z185" i="6"/>
   <c r="Z193" i="6"/>
   <c r="Z195" i="6"/>
-  <c r="Z197" i="6"/>
   <c r="Q23" i="6"/>
   <c r="V23" i="6" s="1"/>
   <c r="R23" i="6"/>
   <c r="S23" i="6"/>
   <c r="Q22" i="6"/>
   <c r="R22" i="6"/>
   <c r="S22" i="6"/>
   <c r="Q21" i="6"/>
   <c r="V21" i="6" s="1"/>
   <c r="R21" i="6"/>
   <c r="S21" i="6"/>
   <c r="Q20" i="6"/>
   <c r="R20" i="6"/>
   <c r="S20" i="6"/>
   <c r="Q19" i="6"/>
   <c r="R19" i="6"/>
   <c r="S19" i="6"/>
   <c r="Q18" i="6"/>
   <c r="Y18" i="6" s="1"/>
   <c r="R18" i="6"/>
   <c r="S18" i="6"/>
   <c r="Q17" i="6"/>
   <c r="V17" i="6" s="1"/>
   <c r="R17" i="6"/>
   <c r="S17" i="6"/>
   <c r="Q16" i="6"/>
   <c r="R16" i="6"/>
   <c r="S16" i="6"/>
   <c r="Q15" i="6"/>
   <c r="Z15" i="6" s="1"/>
   <c r="R15" i="6"/>
   <c r="S15" i="6"/>
   <c r="Q14" i="6"/>
   <c r="R14" i="6"/>
   <c r="S14" i="6"/>
   <c r="Q13" i="6"/>
   <c r="Z13" i="6" s="1"/>
   <c r="R13" i="6"/>
   <c r="S13" i="6"/>
-  <c r="W171" i="6" l="1"/>
+  <c r="Z197" i="6" l="1"/>
+  <c r="Z65" i="6"/>
+  <c r="Z185" i="6"/>
+  <c r="Z113" i="6"/>
+  <c r="V183" i="6"/>
+  <c r="Z137" i="6"/>
+  <c r="Z41" i="6"/>
+  <c r="V161" i="6"/>
+  <c r="W67" i="6"/>
+  <c r="Z89" i="6"/>
+  <c r="Z151" i="6"/>
+  <c r="Y151" i="6"/>
+  <c r="X135" i="6"/>
+  <c r="Y135" i="6"/>
+  <c r="W51" i="6"/>
+  <c r="V111" i="6"/>
+  <c r="V101" i="6"/>
+  <c r="W171" i="6"/>
   <c r="Y195" i="6"/>
   <c r="Z123" i="6"/>
   <c r="AB195" i="6"/>
   <c r="AB183" i="6"/>
   <c r="AB123" i="6"/>
   <c r="AB111" i="6"/>
   <c r="AB99" i="6"/>
   <c r="AB75" i="6"/>
   <c r="AB63" i="6"/>
   <c r="AB27" i="6"/>
   <c r="AB171" i="6"/>
   <c r="AB51" i="6"/>
   <c r="Z187" i="6"/>
   <c r="Z171" i="6"/>
   <c r="Z143" i="6"/>
   <c r="Z115" i="6"/>
   <c r="Z71" i="6"/>
   <c r="Z59" i="6"/>
   <c r="Y183" i="6"/>
   <c r="Y147" i="6"/>
   <c r="Y127" i="6"/>
   <c r="Y103" i="6"/>
   <c r="Y75" i="6"/>
   <c r="Y47" i="6"/>
   <c r="X191" i="6"/>
@@ -3247,51 +3247,51 @@
   <c r="W9" i="6"/>
   <c r="V9" i="6"/>
   <c r="T9" i="6"/>
   <c r="AE5" i="6"/>
   <c r="AD5" i="6"/>
   <c r="AB5" i="6"/>
   <c r="Z5" i="6"/>
   <c r="Y5" i="6"/>
   <c r="X5" i="6"/>
   <c r="W5" i="6"/>
   <c r="V5" i="6"/>
   <c r="T5" i="6"/>
   <c r="AE4" i="6"/>
   <c r="AB4" i="6"/>
   <c r="X4" i="6"/>
   <c r="Y4" i="6"/>
   <c r="AD4" i="6"/>
   <c r="W4" i="6"/>
   <c r="Z4" i="6"/>
   <c r="V4" i="6"/>
   <c r="T4" i="6"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="549" uniqueCount="546">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="557" uniqueCount="554">
   <si>
     <t>Project Number</t>
   </si>
   <si>
     <t>Sponsor</t>
   </si>
   <si>
     <t>Date change</t>
   </si>
   <si>
     <t>Net budget change</t>
   </si>
   <si>
     <t>Top Task Number</t>
   </si>
   <si>
     <t>Sub Task Number</t>
   </si>
   <si>
     <t>New Sub Task</t>
   </si>
   <si>
     <t>Budget Change</t>
   </si>
   <si>
@@ -4113,53 +4113,50 @@
   <si>
     <t>VA</t>
   </si>
   <si>
     <t>VC</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VF</t>
   </si>
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>VH</t>
   </si>
   <si>
     <t>VJ</t>
   </si>
   <si>
     <t>VL</t>
   </si>
   <si>
-    <t>VM</t>
-[...1 lines deleted...]
-  <si>
     <t>VO</t>
   </si>
   <si>
     <t>VP</t>
   </si>
   <si>
     <t>VR</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>VW</t>
   </si>
   <si>
     <t>VX</t>
   </si>
   <si>
     <t>VY</t>
   </si>
   <si>
     <t>X1</t>
   </si>
   <si>
     <t>XA</t>
@@ -4617,53 +4614,50 @@
   <si>
     <t>Public Affairs Directorate</t>
   </si>
   <si>
     <t>Research Services</t>
   </si>
   <si>
     <t>Alumni Office</t>
   </si>
   <si>
     <t>Personnel Services</t>
   </si>
   <si>
     <t>Finance</t>
   </si>
   <si>
     <t>Child Care Services</t>
   </si>
   <si>
     <t>Vice-Chancellor and Registrar</t>
   </si>
   <si>
     <t>Legal Services Office</t>
   </si>
   <si>
-    <t>Development Office</t>
-[...1 lines deleted...]
-  <si>
     <t>Temporary Staffing Service</t>
   </si>
   <si>
     <t>Student Systems</t>
   </si>
   <si>
     <t>Development &amp; External Affairs Directorate</t>
   </si>
   <si>
     <t>Oxford-Man Institute</t>
   </si>
   <si>
     <t>Ageing Institute (OIA)</t>
   </si>
   <si>
     <t>Oxford Martin School</t>
   </si>
   <si>
     <t>Smith School</t>
   </si>
   <si>
     <t>Blavatnik School of Government</t>
   </si>
   <si>
     <t>Rothermere American Institute</t>
@@ -4695,53 +4689,50 @@
   <si>
     <t>Language Centre</t>
   </si>
   <si>
     <t>Oxford University Student Union</t>
   </si>
   <si>
     <t>Voltaire Foundation Limited</t>
   </si>
   <si>
     <t>Voltaire Foundation</t>
   </si>
   <si>
     <t>International Development</t>
   </si>
   <si>
     <t>Business Economics Programme</t>
   </si>
   <si>
     <t>Student Financial Support</t>
   </si>
   <si>
     <t>OUFAL</t>
   </si>
   <si>
-    <t>Oxford Said Business School Limited</t>
-[...1 lines deleted...]
-  <si>
     <t>OSEM</t>
   </si>
   <si>
     <t>Gray Cancer Institute</t>
   </si>
   <si>
     <t>Nuffield Dominions Trust</t>
   </si>
   <si>
     <t>OUEM</t>
   </si>
   <si>
     <t>Oxford Limited</t>
   </si>
   <si>
     <t>Oxford University Innovation Centres Limited</t>
   </si>
   <si>
     <t>Isis Innovation Limited</t>
   </si>
   <si>
     <t>Oxford Mutual Limited</t>
   </si>
   <si>
     <t>Continuing Education (International Programmes)</t>
@@ -4837,53 +4828,50 @@
     <t>The Centre for Teaching and Learning</t>
   </si>
   <si>
     <t>KQ</t>
   </si>
   <si>
     <t>Student Fees &amp; Funding</t>
   </si>
   <si>
     <t>International Engagement Office</t>
   </si>
   <si>
     <t>KZ</t>
   </si>
   <si>
     <t>Kavli Institute</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Pandemic Sciences Centre</t>
   </si>
   <si>
     <t>CW</t>
-  </si>
-[...1 lines deleted...]
-    <t>NDM (CRUK Centre)</t>
   </si>
   <si>
     <t>A4</t>
   </si>
   <si>
     <t>IDRM - DPAG</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>NDM (CAMS Oxford Institute)</t>
   </si>
   <si>
     <t>CB</t>
   </si>
   <si>
     <t>Biology</t>
   </si>
   <si>
     <t>New Project Start Date</t>
   </si>
   <si>
     <t>New Project End Date</t>
   </si>
@@ -4894,54 +4882,90 @@
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>dept.projects@admin.ox.ac.uk</t>
     </r>
   </si>
   <si>
     <t>A5</t>
   </si>
   <si>
     <t>DPAG Bionanoscience</t>
   </si>
   <si>
     <t>Faculty of Asian and Middle Eastern Studies</t>
   </si>
   <si>
     <t>When completing the DPF2 form, please ensure all figure are to 2 decimal places and formulas are not used</t>
   </si>
   <si>
-    <t>Women's &amp; Reproductive Health</t>
-[...2 lines deleted...]
-    <t>Version 2.17 -- Updated September 2025</t>
+    <t>CE</t>
+  </si>
+  <si>
+    <t>Centre for Advanced Social Sciences Methods</t>
+  </si>
+  <si>
+    <t>Version 2.18 -- Updated November 2025</t>
+  </si>
+  <si>
+    <t>A2</t>
+  </si>
+  <si>
+    <t>School of Medicine and Biomedical Sciences</t>
+  </si>
+  <si>
+    <t>NDM Immuno-Oncology</t>
+  </si>
+  <si>
+    <t>Women’s &amp; Reproductive Health</t>
+  </si>
+  <si>
+    <t>Development &amp; Alumni Engagement</t>
+  </si>
+  <si>
+    <t>XJ</t>
+  </si>
+  <si>
+    <t>Astrophoria Foundation Year</t>
+  </si>
+  <si>
+    <t>XK</t>
+  </si>
+  <si>
+    <t>Language Centre OUDCE</t>
+  </si>
+  <si>
+    <t>YS</t>
+  </si>
+  <si>
+    <t>Uehiro Institute</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00_);\(#,##0.00\);\-\-_)"/>
     <numFmt numFmtId="165" formatCode="#,##0.00;\(#,##0.00\);\-\-"/>
     <numFmt numFmtId="166" formatCode="dd\-mmm\-yyyy"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="18"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -6651,53 +6675,53 @@
 <file path=xl/activeX/activeX2.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D40-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX3.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D40-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>5</xdr:col>
           <xdr:colOff>257175</xdr:colOff>
           <xdr:row>2</xdr:row>
           <xdr:rowOff>47625</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>257175</xdr:colOff>
+          <xdr:colOff>323850</xdr:colOff>
           <xdr:row>3</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1028" name="CheckBox1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1028"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6709,53 +6733,53 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>5</xdr:col>
           <xdr:colOff>257175</xdr:colOff>
           <xdr:row>2</xdr:row>
           <xdr:rowOff>371475</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>257175</xdr:colOff>
+          <xdr:colOff>323850</xdr:colOff>
           <xdr:row>3</xdr:row>
-          <xdr:rowOff>371475</xdr:rowOff>
+          <xdr:rowOff>361950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1029" name="CheckBox2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1029"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -6767,53 +6791,53 @@
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>5</xdr:col>
           <xdr:colOff>257175</xdr:colOff>
           <xdr:row>3</xdr:row>
           <xdr:rowOff>314325</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>257175</xdr:colOff>
+          <xdr:colOff>323850</xdr:colOff>
           <xdr:row>4</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1030" name="CheckBox3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1030"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8104,54 +8128,54 @@
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{00000000-000C-0000-FFFF-FFFF05000000}" name="tblYesNo" displayName="tblYesNo" ref="I1:I3" totalsRowShown="0">
   <autoFilter ref="I1:I3" xr:uid="{00000000-0009-0000-0100-000008000000}"/>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0500-000001000000}" name="YesNo"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{00000000-000C-0000-FFFF-FFFF06000000}" name="tblChangeValidation" displayName="tblChangeValidation" ref="K1:K4" totalsRowShown="0">
   <autoFilter ref="K1:K4" xr:uid="{00000000-0009-0000-0100-000009000000}"/>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0600-000001000000}" name="Changes"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF07000000}" name="Table1" displayName="Table1" ref="M1:N216" totalsRowShown="0">
-[...2 lines deleted...]
-    <sortCondition ref="M1:M216"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF07000000}" name="Table1" displayName="Table1" ref="M1:N220" totalsRowShown="0">
+  <autoFilter ref="M1:N220" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="M2:N217">
+    <sortCondition ref="M1:M217"/>
   </sortState>
   <tableColumns count="2">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0700-000001000000}" name="Dept code"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0700-000002000000}" name="Org"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -8413,51 +8437,51 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AI16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="32" width="5.7109375" style="3" customWidth="1"/>
     <col min="33" max="33" width="9" style="3" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="9.140625" style="3" hidden="1" customWidth="1"/>
     <col min="35" max="35" width="20.42578125" style="3" hidden="1" customWidth="1"/>
     <col min="36" max="16384" width="9.140625" style="3" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" s="2" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>67</v>
       </c>
       <c r="AF1" s="41" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
     </row>
     <row r="2" spans="1:35" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:35" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E3" s="4" t="s">
         <v>75</v>
       </c>
       <c r="H3" s="5"/>
       <c r="L3" s="4"/>
       <c r="M3" s="14" t="s">
         <v>73</v>
       </c>
       <c r="N3" s="15"/>
       <c r="O3" s="15"/>
       <c r="P3" s="15"/>
       <c r="Q3" s="15"/>
       <c r="R3" s="15"/>
       <c r="S3" s="15"/>
       <c r="T3" s="15"/>
       <c r="U3" s="15"/>
       <c r="V3" s="15"/>
       <c r="W3" s="15"/>
       <c r="X3" s="15"/>
       <c r="Y3" s="17"/>
       <c r="Z3" s="15"/>
@@ -8630,85 +8654,85 @@
       <c r="R8" s="43"/>
       <c r="S8" s="43"/>
       <c r="T8" s="43"/>
       <c r="U8" s="43"/>
       <c r="V8" s="43"/>
       <c r="W8" s="43"/>
       <c r="X8" s="43"/>
       <c r="Y8" s="43"/>
       <c r="Z8" s="43"/>
       <c r="AA8" s="43"/>
       <c r="AB8" s="43"/>
       <c r="AC8" s="43"/>
       <c r="AD8" s="43"/>
       <c r="AE8" s="44"/>
       <c r="AH8" s="9">
         <f>ROUND(AH6-AH7,2)</f>
         <v>0</v>
       </c>
       <c r="AI8" s="3" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:35" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="20"/>
       <c r="E9" s="21" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="F9" s="63"/>
       <c r="G9" s="64"/>
       <c r="H9" s="64"/>
       <c r="I9" s="64"/>
       <c r="J9" s="64"/>
       <c r="K9" s="65"/>
       <c r="M9" s="42"/>
       <c r="N9" s="43"/>
       <c r="O9" s="43"/>
       <c r="P9" s="43"/>
       <c r="Q9" s="43"/>
       <c r="R9" s="43"/>
       <c r="S9" s="43"/>
       <c r="T9" s="43"/>
       <c r="U9" s="43"/>
       <c r="V9" s="43"/>
       <c r="W9" s="43"/>
       <c r="X9" s="43"/>
       <c r="Y9" s="43"/>
       <c r="Z9" s="43"/>
       <c r="AA9" s="43"/>
       <c r="AB9" s="43"/>
       <c r="AC9" s="43"/>
       <c r="AD9" s="43"/>
       <c r="AE9" s="44"/>
     </row>
     <row r="10" spans="1:35" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="22"/>
       <c r="B10" s="23"/>
       <c r="C10" s="23"/>
       <c r="D10" s="23"/>
       <c r="E10" s="24" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="F10" s="63"/>
       <c r="G10" s="64"/>
       <c r="H10" s="64"/>
       <c r="I10" s="64"/>
       <c r="J10" s="64"/>
       <c r="K10" s="65"/>
       <c r="M10" s="45"/>
       <c r="N10" s="46"/>
       <c r="O10" s="46"/>
       <c r="P10" s="46"/>
       <c r="Q10" s="46"/>
       <c r="R10" s="46"/>
       <c r="S10" s="46"/>
       <c r="T10" s="46"/>
       <c r="U10" s="46"/>
       <c r="V10" s="46"/>
       <c r="W10" s="46"/>
       <c r="X10" s="46"/>
       <c r="Y10" s="46"/>
       <c r="Z10" s="46"/>
       <c r="AA10" s="46"/>
       <c r="AB10" s="46"/>
       <c r="AC10" s="46"/>
       <c r="AD10" s="46"/>
@@ -8805,55 +8829,55 @@
       <c r="J14" s="52"/>
       <c r="K14" s="53"/>
       <c r="L14" s="54"/>
       <c r="M14" s="55"/>
       <c r="N14" s="55"/>
       <c r="O14" s="55"/>
       <c r="P14" s="55"/>
       <c r="Q14" s="56"/>
       <c r="S14" s="69"/>
       <c r="T14" s="70"/>
       <c r="U14" s="70"/>
       <c r="V14" s="70"/>
       <c r="W14" s="70"/>
       <c r="X14" s="70"/>
       <c r="Y14" s="70"/>
       <c r="Z14" s="70"/>
       <c r="AA14" s="70"/>
       <c r="AB14" s="70"/>
       <c r="AC14" s="70"/>
       <c r="AD14" s="70"/>
       <c r="AE14" s="71"/>
     </row>
     <row r="15" spans="1:35" x14ac:dyDescent="0.25"/>
     <row r="16" spans="1:35" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="E16" s="13"/>
       <c r="AF16" s="13" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="13">
     <mergeCell ref="M4:AE10"/>
     <mergeCell ref="L12:Q12"/>
     <mergeCell ref="F12:K12"/>
     <mergeCell ref="F14:K14"/>
     <mergeCell ref="F13:K13"/>
     <mergeCell ref="L14:Q14"/>
     <mergeCell ref="L13:Q13"/>
     <mergeCell ref="F6:K6"/>
     <mergeCell ref="F7:K7"/>
     <mergeCell ref="F8:K8"/>
     <mergeCell ref="F9:K9"/>
     <mergeCell ref="F10:K10"/>
     <mergeCell ref="S13:AE14"/>
   </mergeCells>
   <conditionalFormatting sqref="F8:H8">
     <cfRule type="expression" dxfId="45" priority="47">
       <formula>AH8&lt;&gt;0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="44" priority="50">
       <formula>OR(AH5,AH4)</formula>
@@ -9019,84 +9043,84 @@
         <v>67</v>
       </c>
       <c r="B1" s="34"/>
       <c r="C1" s="25"/>
       <c r="D1" s="34"/>
       <c r="E1" s="34"/>
       <c r="F1" s="34"/>
       <c r="G1" s="34"/>
       <c r="H1" s="35"/>
       <c r="I1" s="35"/>
       <c r="J1" s="34"/>
       <c r="K1" s="34"/>
       <c r="L1" s="34"/>
       <c r="M1" s="34"/>
       <c r="N1" s="36"/>
       <c r="AK1" s="27"/>
     </row>
     <row r="2" spans="1:37" s="28" customFormat="1" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="32" t="s">
         <v>76</v>
       </c>
       <c r="B2" s="32" t="s">
         <v>77</v>
       </c>
       <c r="C2" s="28" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="D2" s="32" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="32" t="s">
         <v>78</v>
       </c>
       <c r="F2" s="32" t="s">
         <v>79</v>
       </c>
       <c r="G2" s="32" t="s">
         <v>80</v>
       </c>
       <c r="H2" s="37" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="I2" s="37" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="J2" s="32" t="s">
         <v>5</v>
       </c>
       <c r="K2" s="32" t="s">
         <v>81</v>
       </c>
       <c r="L2" s="32" t="s">
         <v>82</v>
       </c>
       <c r="M2" s="32" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="N2" s="32" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="O2" s="32" t="s">
         <v>10</v>
       </c>
       <c r="P2" s="32" t="s">
         <v>7</v>
       </c>
       <c r="Q2" s="28" t="s">
         <v>84</v>
       </c>
       <c r="R2" s="28" t="s">
         <v>85</v>
       </c>
       <c r="S2" s="28" t="s">
         <v>86</v>
       </c>
       <c r="T2" s="28" t="s">
         <v>88</v>
       </c>
       <c r="U2" s="28" t="s">
         <v>87</v>
       </c>
       <c r="V2" s="28" t="s">
         <v>89</v>
       </c>
@@ -25407,64 +25431,64 @@
     <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Too long" error="No more than 20 characters" sqref="E167:E200 K3:K200 E3" xr:uid="{00000000-0002-0000-0100-000005000000}">
       <formula1>20</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Too long" error="No more than 250 characters" sqref="L3:L200" xr:uid="{00000000-0002-0000-0100-000006000000}">
       <formula1>250</formula1>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date validation error" error="Please enter a date value" sqref="M3:N200" xr:uid="{00000000-0002-0000-0100-000007000000}">
       <formula1>18629</formula1>
       <formula2>401768</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="57" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="B2" listDataValidation="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000008000000}">
           <x14:formula1>
-            <xm:f>LOOKUPS!$M$2:$M$203</xm:f>
+            <xm:f>LOOKUPS!$M$2:$M$204</xm:f>
           </x14:formula1>
           <xm:sqref>B1:B1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
-  <dimension ref="A1:N216"/>
+  <dimension ref="A1:N220"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.7109375" customWidth="1"/>
     <col min="3" max="3" width="30.42578125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>9</v>
       </c>
       <c r="C1" t="s">
         <v>10</v>
       </c>
       <c r="E1" t="s">
         <v>58</v>
       </c>
       <c r="G1" t="s">
         <v>8</v>
       </c>
       <c r="I1" t="s">
@@ -25478,1922 +25502,1954 @@
       </c>
       <c r="N1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" t="b">
         <v>1</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>59</v>
       </c>
       <c r="G2" t="s">
         <v>61</v>
       </c>
       <c r="I2" t="s">
         <v>65</v>
       </c>
       <c r="K2" t="s">
         <v>102</v>
       </c>
       <c r="M2" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="N2" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A3" t="b">
         <v>0</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>60</v>
       </c>
       <c r="G3" t="s">
         <v>62</v>
       </c>
       <c r="I3" t="s">
         <v>66</v>
       </c>
       <c r="K3" t="s">
         <v>6</v>
       </c>
       <c r="M3" t="s">
-        <v>507</v>
+        <v>543</v>
       </c>
       <c r="N3" t="s">
-        <v>508</v>
+        <v>544</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="K4" t="s">
         <v>7</v>
       </c>
       <c r="M4" t="s">
-        <v>531</v>
+        <v>504</v>
       </c>
       <c r="N4" t="s">
-        <v>532</v>
+        <v>505</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="M5" t="s">
-        <v>540</v>
+        <v>527</v>
       </c>
       <c r="N5" t="s">
-        <v>541</v>
+        <v>528</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="M6" t="s">
-        <v>106</v>
+        <v>536</v>
       </c>
       <c r="N6" t="s">
-        <v>305</v>
+        <v>537</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C7" t="s">
         <v>16</v>
       </c>
       <c r="M7" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="N7" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="M8" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="N8" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="M9" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="N9" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C10" t="s">
         <v>19</v>
       </c>
       <c r="M10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="N10" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="M11" t="s">
-        <v>509</v>
+        <v>110</v>
       </c>
       <c r="N11" t="s">
-        <v>510</v>
+        <v>308</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C12" t="s">
         <v>21</v>
       </c>
       <c r="M12" t="s">
-        <v>111</v>
+        <v>506</v>
       </c>
       <c r="N12" t="s">
-        <v>310</v>
+        <v>507</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C13" t="s">
         <v>22</v>
       </c>
       <c r="M13" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="N13" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C14" t="s">
         <v>23</v>
       </c>
       <c r="M14" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N14" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C15" t="s">
         <v>24</v>
       </c>
       <c r="M15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="N15" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="M16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="N16" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
     </row>
     <row r="17" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="N17" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
     </row>
     <row r="18" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C18" t="s">
         <v>27</v>
       </c>
       <c r="M18" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="N18" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
     </row>
     <row r="19" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C19" t="s">
         <v>28</v>
       </c>
       <c r="M19" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="N19" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
     </row>
     <row r="20" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C20" t="s">
         <v>29</v>
       </c>
       <c r="M20" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="N20" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
     </row>
     <row r="21" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C21" t="s">
         <v>30</v>
       </c>
       <c r="M21" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="N21" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
     </row>
     <row r="22" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C22" t="s">
         <v>31</v>
       </c>
       <c r="M22" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="N22" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
     </row>
     <row r="23" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C23" t="s">
         <v>32</v>
       </c>
       <c r="M23" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="N23" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
     </row>
     <row r="24" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C24" t="s">
         <v>33</v>
       </c>
       <c r="M24" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="N24" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C25" t="s">
         <v>34</v>
       </c>
       <c r="M25" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="N25" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
     </row>
     <row r="26" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C26" t="s">
         <v>35</v>
       </c>
       <c r="M26" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="N26" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
     </row>
     <row r="27" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C27" t="s">
         <v>36</v>
       </c>
       <c r="M27" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N27" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
     </row>
     <row r="28" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C28" t="s">
         <v>37</v>
       </c>
       <c r="M28" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="N28" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
     </row>
     <row r="29" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C29" t="s">
         <v>38</v>
       </c>
       <c r="M29" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="N29" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
     </row>
     <row r="30" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C30" t="s">
         <v>39</v>
       </c>
       <c r="M30" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="N30" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
     </row>
     <row r="31" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C31" t="s">
         <v>40</v>
       </c>
       <c r="M31" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="N31" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
     </row>
     <row r="32" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C32" t="s">
         <v>41</v>
       </c>
       <c r="M32" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="N32" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
     </row>
     <row r="33" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C33" t="s">
         <v>42</v>
       </c>
       <c r="M33" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="N33" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
     </row>
     <row r="34" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C34" t="s">
         <v>43</v>
       </c>
       <c r="M34" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="N34" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
     </row>
     <row r="35" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C35" t="s">
         <v>44</v>
       </c>
       <c r="M35" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="N35" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
     </row>
     <row r="36" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C36" t="s">
         <v>45</v>
       </c>
       <c r="M36" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="N36" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
     </row>
     <row r="37" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C37" t="s">
         <v>46</v>
       </c>
       <c r="M37" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="N37" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
     </row>
     <row r="38" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C38" t="s">
         <v>47</v>
       </c>
       <c r="M38" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="N38" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
     </row>
     <row r="39" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C39" t="s">
         <v>48</v>
       </c>
       <c r="M39" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="N39" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
     </row>
     <row r="40" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C40" t="s">
         <v>49</v>
       </c>
       <c r="M40" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="N40" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
     </row>
     <row r="41" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C41" t="s">
         <v>50</v>
       </c>
       <c r="M41" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="N41" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
     </row>
     <row r="42" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C42" t="s">
         <v>51</v>
       </c>
       <c r="M42" t="s">
-        <v>511</v>
+        <v>140</v>
       </c>
       <c r="N42" t="s">
-        <v>512</v>
+        <v>338</v>
       </c>
     </row>
     <row r="43" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C43" t="s">
         <v>52</v>
       </c>
       <c r="M43" t="s">
-        <v>141</v>
+        <v>508</v>
       </c>
       <c r="N43" t="s">
-        <v>340</v>
+        <v>509</v>
       </c>
     </row>
     <row r="44" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C44" t="s">
         <v>53</v>
       </c>
       <c r="M44" t="s">
-        <v>535</v>
+        <v>141</v>
       </c>
       <c r="N44" t="s">
-        <v>536</v>
+        <v>339</v>
       </c>
     </row>
     <row r="45" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C45" t="s">
         <v>54</v>
       </c>
       <c r="M45" t="s">
-        <v>142</v>
+        <v>531</v>
       </c>
       <c r="N45" t="s">
-        <v>341</v>
+        <v>532</v>
       </c>
     </row>
     <row r="46" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C46" t="s">
         <v>55</v>
       </c>
       <c r="M46" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="N46" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
     </row>
     <row r="47" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C47" t="s">
         <v>56</v>
       </c>
       <c r="M47" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="N47" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
     </row>
     <row r="48" spans="3:14" x14ac:dyDescent="0.25">
       <c r="C48" t="s">
         <v>57</v>
       </c>
       <c r="M48" t="s">
-        <v>145</v>
+        <v>540</v>
       </c>
       <c r="N48" t="s">
-        <v>344</v>
+        <v>541</v>
       </c>
     </row>
     <row r="49" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M49" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="N49" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
     </row>
     <row r="50" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M50" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="N50" t="s">
-        <v>542</v>
+        <v>343</v>
       </c>
     </row>
     <row r="51" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M51" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="N51" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
     </row>
     <row r="52" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M52" t="s">
-        <v>533</v>
+        <v>147</v>
       </c>
       <c r="N52" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
     </row>
     <row r="53" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M53" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="N53" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
     </row>
     <row r="54" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M54" t="s">
-        <v>150</v>
+        <v>529</v>
       </c>
       <c r="N54" t="s">
-        <v>348</v>
+        <v>530</v>
       </c>
     </row>
     <row r="55" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M55" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="N55" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
     </row>
     <row r="56" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M56" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="N56" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
     </row>
     <row r="57" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M57" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="N57" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
     </row>
     <row r="58" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M58" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="N58" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
     </row>
     <row r="59" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M59" t="s">
-        <v>529</v>
+        <v>153</v>
       </c>
       <c r="N59" t="s">
-        <v>530</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M60" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="N60" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
     </row>
     <row r="61" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M61" t="s">
-        <v>156</v>
+        <v>526</v>
       </c>
       <c r="N61" t="s">
-        <v>354</v>
+        <v>545</v>
       </c>
     </row>
     <row r="62" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M62" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="N62" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
     </row>
     <row r="63" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M63" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="N63" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
     </row>
     <row r="64" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M64" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="N64" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
     </row>
     <row r="65" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M65" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="N65" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
     </row>
     <row r="66" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M66" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="N66" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
     </row>
     <row r="67" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M67" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="N67" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
     </row>
     <row r="68" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M68" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="N68" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
     </row>
     <row r="69" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M69" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="N69" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
     </row>
     <row r="70" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M70" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="N70" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
     </row>
     <row r="71" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M71" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="N71" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
     </row>
     <row r="72" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M72" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="N72" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
     </row>
     <row r="73" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M73" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="N73" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
     </row>
     <row r="74" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M74" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="N74" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
     </row>
     <row r="75" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M75" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="N75" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
     </row>
     <row r="76" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M76" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="N76" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
     </row>
     <row r="77" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M77" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="N77" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
     </row>
     <row r="78" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M78" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="N78" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
     </row>
     <row r="79" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M79" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="N79" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
     </row>
     <row r="80" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M80" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="N80" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
     </row>
     <row r="81" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M81" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="N81" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
     </row>
     <row r="82" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M82" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="N82" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
     </row>
     <row r="83" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M83" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="N83" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
     </row>
     <row r="84" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M84" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N84" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
     </row>
     <row r="85" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M85" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="N85" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
     </row>
     <row r="86" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M86" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="N86" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
     </row>
     <row r="87" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M87" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="N87" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
     </row>
     <row r="88" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M88" t="s">
-        <v>513</v>
+        <v>181</v>
       </c>
       <c r="N88" t="s">
-        <v>514</v>
+        <v>378</v>
       </c>
     </row>
     <row r="89" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M89" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="N89" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
     </row>
     <row r="90" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M90" t="s">
-        <v>184</v>
+        <v>510</v>
       </c>
       <c r="N90" t="s">
-        <v>382</v>
+        <v>511</v>
       </c>
     </row>
     <row r="91" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M91" t="s">
-        <v>515</v>
+        <v>183</v>
       </c>
       <c r="N91" t="s">
-        <v>516</v>
+        <v>380</v>
       </c>
     </row>
     <row r="92" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M92" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="N92" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
     </row>
     <row r="93" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M93" t="s">
-        <v>186</v>
+        <v>512</v>
       </c>
       <c r="N93" t="s">
-        <v>384</v>
+        <v>513</v>
       </c>
     </row>
     <row r="94" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M94" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="N94" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
     </row>
     <row r="95" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M95" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="N95" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
     </row>
     <row r="96" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M96" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="N96" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
     </row>
     <row r="97" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M97" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="N97" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
     </row>
     <row r="98" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M98" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="N98" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
     </row>
     <row r="99" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M99" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="N99" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
     </row>
     <row r="100" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M100" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="N100" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
     </row>
     <row r="101" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M101" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="N101" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
     </row>
     <row r="102" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M102" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="N102" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
     </row>
     <row r="103" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M103" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="N103" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="104" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M104" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="N104" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
     </row>
     <row r="105" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M105" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="N105" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="106" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M106" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="N106" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
     </row>
     <row r="107" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M107" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="N107" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
     </row>
     <row r="108" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M108" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="N108" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
     </row>
     <row r="109" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M109" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="N109" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
     </row>
     <row r="110" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M110" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="N110" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
     </row>
     <row r="111" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M111" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="N111" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
     </row>
     <row r="112" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M112" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="N112" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
     </row>
     <row r="113" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M113" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="N113" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
     </row>
     <row r="114" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M114" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="N114" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
     </row>
     <row r="115" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M115" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="N115" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
     </row>
     <row r="116" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M116" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="N116" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
     </row>
     <row r="117" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M117" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="N117" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
     </row>
     <row r="118" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M118" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="N118" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
     </row>
     <row r="119" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M119" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="N119" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
     </row>
     <row r="120" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M120" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="N120" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
     </row>
     <row r="121" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M121" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="N121" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
     </row>
     <row r="122" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M122" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="N122" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
     </row>
     <row r="123" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M123" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="N123" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
     </row>
     <row r="124" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M124" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="N124" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
     </row>
     <row r="125" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M125" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="N125" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
     </row>
     <row r="126" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M126" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="N126" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
     </row>
     <row r="127" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M127" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="N127" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
     </row>
     <row r="128" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M128" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="N128" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
     </row>
     <row r="129" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M129" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="N129" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
     </row>
     <row r="130" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M130" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="N130" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
     </row>
     <row r="131" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M131" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="N131" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
     </row>
     <row r="132" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M132" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="N132" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
     </row>
     <row r="133" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M133" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="N133" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
     </row>
     <row r="134" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M134" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="N134" t="s">
-        <v>544</v>
+        <v>422</v>
       </c>
     </row>
     <row r="135" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M135" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="N135" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
     </row>
     <row r="136" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M136" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="N136" t="s">
-        <v>426</v>
+        <v>546</v>
       </c>
     </row>
     <row r="137" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M137" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="N137" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
     </row>
     <row r="138" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M138" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="N138" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
     </row>
     <row r="139" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M139" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="N139" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
     </row>
     <row r="140" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M140" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="N140" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
     </row>
     <row r="141" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M141" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="N141" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
     </row>
     <row r="142" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M142" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="N142" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
     </row>
     <row r="143" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M143" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="N143" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
     </row>
     <row r="144" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M144" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="N144" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
     </row>
     <row r="145" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M145" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="N145" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
     </row>
     <row r="146" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M146" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="N146" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
     </row>
     <row r="147" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M147" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="N147" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
     </row>
     <row r="148" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M148" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="N148" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
     </row>
     <row r="149" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M149" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="N149" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
     </row>
     <row r="150" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M150" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="N150" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
     </row>
     <row r="151" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M151" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="N151" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
     </row>
     <row r="152" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M152" t="s">
-        <v>517</v>
+        <v>243</v>
       </c>
       <c r="N152" t="s">
-        <v>518</v>
+        <v>439</v>
       </c>
     </row>
     <row r="153" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M153" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="N153" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
     </row>
     <row r="154" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M154" t="s">
-        <v>246</v>
+        <v>514</v>
       </c>
       <c r="N154" t="s">
-        <v>443</v>
+        <v>515</v>
       </c>
     </row>
     <row r="155" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M155" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="N155" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
     </row>
     <row r="156" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M156" t="s">
-        <v>519</v>
+        <v>246</v>
       </c>
       <c r="N156" t="s">
-        <v>520</v>
+        <v>442</v>
       </c>
     </row>
     <row r="157" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M157" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="N157" t="s">
-        <v>521</v>
+        <v>443</v>
       </c>
     </row>
     <row r="158" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M158" t="s">
-        <v>249</v>
+        <v>516</v>
       </c>
       <c r="N158" t="s">
-        <v>445</v>
+        <v>517</v>
       </c>
     </row>
     <row r="159" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M159" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="N159" t="s">
-        <v>446</v>
+        <v>518</v>
       </c>
     </row>
     <row r="160" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M160" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="N160" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
     </row>
     <row r="161" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M161" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="N161" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
     </row>
     <row r="162" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M162" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="N162" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
     </row>
     <row r="163" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M163" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="N163" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
     </row>
     <row r="164" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M164" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="N164" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
     </row>
     <row r="165" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M165" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="N165" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
     </row>
     <row r="166" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M166" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="N166" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
     </row>
     <row r="167" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M167" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="N167" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
     </row>
     <row r="168" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M168" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="N168" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
     </row>
     <row r="169" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M169" t="s">
-        <v>522</v>
+        <v>258</v>
       </c>
       <c r="N169" t="s">
-        <v>523</v>
+        <v>453</v>
       </c>
     </row>
     <row r="170" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M170" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="N170" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
     </row>
     <row r="171" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M171" t="s">
-        <v>261</v>
+        <v>519</v>
       </c>
       <c r="N171" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
     </row>
     <row r="172" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M172" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="N172" t="s">
-        <v>457</v>
+        <v>547</v>
       </c>
     </row>
     <row r="173" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M173" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="N173" t="s">
-        <v>458</v>
+        <v>521</v>
       </c>
     </row>
     <row r="174" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M174" t="s">
-        <v>525</v>
+        <v>262</v>
       </c>
       <c r="N174" t="s">
-        <v>526</v>
+        <v>455</v>
       </c>
     </row>
     <row r="175" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M175" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="N175" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
     </row>
     <row r="176" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M176" t="s">
-        <v>265</v>
+        <v>522</v>
       </c>
       <c r="N176" t="s">
-        <v>460</v>
+        <v>523</v>
       </c>
     </row>
     <row r="177" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M177" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="N177" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
     </row>
     <row r="178" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M178" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="N178" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
     </row>
     <row r="179" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M179" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="N179" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
     </row>
     <row r="180" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M180" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="N180" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
     </row>
     <row r="181" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M181" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="N181" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
     </row>
     <row r="182" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M182" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="N182" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
     </row>
     <row r="183" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M183" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="N183" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
     </row>
     <row r="184" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M184" t="s">
-        <v>527</v>
+        <v>271</v>
       </c>
       <c r="N184" t="s">
-        <v>528</v>
+        <v>464</v>
       </c>
     </row>
     <row r="185" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M185" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="N185" t="s">
-        <v>500</v>
+        <v>465</v>
       </c>
     </row>
     <row r="186" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M186" t="s">
-        <v>274</v>
+        <v>524</v>
       </c>
       <c r="N186" t="s">
-        <v>468</v>
+        <v>525</v>
       </c>
     </row>
     <row r="187" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M187" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="N187" t="s">
-        <v>469</v>
+        <v>497</v>
       </c>
     </row>
     <row r="188" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M188" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="N188" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
     </row>
     <row r="189" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M189" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="N189" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
     </row>
     <row r="190" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M190" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="N190" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
     </row>
     <row r="191" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M191" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="N191" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
     </row>
     <row r="192" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M192" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="N192" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
     </row>
     <row r="193" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M193" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="N193" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
     </row>
     <row r="194" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M194" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="N194" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
     </row>
     <row r="195" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M195" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="N195" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
     </row>
     <row r="196" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M196" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="N196" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
     </row>
     <row r="197" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M197" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="N197" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
     </row>
     <row r="198" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M198" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="N198" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
     </row>
     <row r="199" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M199" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="N199" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
     </row>
     <row r="200" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M200" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="N200" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
     </row>
     <row r="201" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M201" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="N201" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
     </row>
     <row r="202" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M202" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="N202" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
     </row>
     <row r="203" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M203" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="N203" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
     </row>
     <row r="204" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M204" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="N204" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
     </row>
     <row r="205" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M205" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="N205" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
     </row>
     <row r="206" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M206" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="N206" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
     </row>
     <row r="207" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M207" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="N207" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
     </row>
     <row r="208" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M208" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="N208" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="209" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M209" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="N209" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
     </row>
     <row r="210" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M210" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="N210" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
     </row>
     <row r="211" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M211" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="N211" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
     </row>
     <row r="212" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M212" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="N212" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
     </row>
     <row r="213" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M213" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="N213" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
     </row>
     <row r="214" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M214" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="N214" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
     </row>
     <row r="215" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M215" t="s">
-        <v>303</v>
+        <v>548</v>
       </c>
       <c r="N215" t="s">
-        <v>497</v>
+        <v>549</v>
       </c>
     </row>
     <row r="216" spans="13:14" x14ac:dyDescent="0.25">
       <c r="M216" t="s">
-        <v>304</v>
+        <v>550</v>
       </c>
       <c r="N216" t="s">
-        <v>498</v>
+        <v>551</v>
+      </c>
+    </row>
+    <row r="217" spans="13:14" x14ac:dyDescent="0.25">
+      <c r="M217" t="s">
+        <v>301</v>
+      </c>
+      <c r="N217" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="218" spans="13:14" x14ac:dyDescent="0.25">
+      <c r="M218" t="s">
+        <v>552</v>
+      </c>
+      <c r="N218" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="219" spans="13:14" x14ac:dyDescent="0.25">
+      <c r="M219" t="s">
+        <v>302</v>
+      </c>
+      <c r="N219" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="220" spans="13:14" x14ac:dyDescent="0.25">
+      <c r="M220" t="s">
+        <v>303</v>
+      </c>
+      <c r="N220" t="s">
+        <v>495</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="7">
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
     <tablePart r:id="rId6"/>
     <tablePart r:id="rId7"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>