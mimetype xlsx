--- v0 (2025-10-30)
+++ v1 (2026-03-30)
@@ -1,86 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24334"/>
   <workbookPr autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\INVTREAS\Treasury\Chief Cashier\Web pages\Mosaic\Docs\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Treasury\Chief Cashier\Cash &amp; Banking\Forms &amp; templates\Banking\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0BE89137-250F-4B32-89C8-CEE37A2263B3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="60" yWindow="0" windowWidth="16305" windowHeight="12465" tabRatio="806"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="806" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="PDQ" sheetId="2" r:id="rId1"/>
+    <sheet name="Cheques" sheetId="2" r:id="rId1"/>
     <sheet name="VatList" sheetId="9" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">PDQ!$A$1:$F$51</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Cheques!$A$1:$F$51</definedName>
     <definedName name="VatList">VatList!$A$2:$A$25</definedName>
   </definedNames>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C51" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="32">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Tax Code</t>
   </si>
   <si>
     <t>From (name):</t>
   </si>
   <si>
     <t>Contact No:</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
     <t>Department:</t>
   </si>
   <si>
     <t>Amount £.pp</t>
   </si>
   <si>
@@ -172,66 +185,60 @@
         <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Geoff Moore</t>
     </r>
   </si>
   <si>
     <r>
       <t>Subject:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> List of Tax Classifications that can be used for Misc Cash</t>
     </r>
   </si>
   <si>
     <t>v 2.00</t>
   </si>
   <si>
-    <t xml:space="preserve">CURRENCY: </t>
-[...7 lines deleted...]
-  <si>
     <t>Not to be used for cash.</t>
+  </si>
+  <si>
+    <t>Cheques Only Banking form</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-[$£-809]* #,##0.00_-;\-[$£-809]* #,##0.00_-;_-[$£-809]* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="dd\-mmm\-yyyy"/>
     <numFmt numFmtId="166" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -583,118 +590,124 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="23">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
-    <cellStyle name="Comma 11" xfId="4"/>
-[...1 lines deleted...]
-    <cellStyle name="Comma 7" xfId="5"/>
+    <cellStyle name="Comma 11" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Comma 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Comma 7" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Followed Hyperlink" xfId="22" builtinId="9" hidden="1"/>
     <cellStyle name="Hyperlink" xfId="21" builtinId="8" hidden="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 17" xfId="6"/>
-[...14 lines deleted...]
-    <cellStyle name="Percent 3" xfId="20"/>
+    <cellStyle name="Normal 17" xfId="6" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="Normal 18 19" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="Normal 18 22" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="Normal 18 24" xfId="9" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="Normal 20" xfId="10" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="Normal 3" xfId="11" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="Normal 3 19" xfId="12" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="Normal 32" xfId="13" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="Normal 33" xfId="14" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="Normal 4" xfId="15" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="Normal 5" xfId="16" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="Normal 6" xfId="17" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="Normal 8" xfId="18" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="Normal 9" xfId="19" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="Percent 3" xfId="20" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF3333FF"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>882316</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>80209</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1858378</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>21955</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1" descr="2256_ox_brand_blue_pos.png"/>
+        <xdr:cNvPr id="2" name="Picture 1" descr="2256_ox_brand_blue_pos.png">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9835816" y="80209"/>
           <a:ext cx="976062" cy="912395"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -750,85 +763,119 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -964,86 +1011,86 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F1048572"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScale="79" zoomScaleNormal="79" zoomScalePageLayoutView="79" workbookViewId="0">
-      <pane xSplit="6" ySplit="51" topLeftCell="U52" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="6" ySplit="51" topLeftCell="U53" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="G1" sqref="G1"/>
       <selection pane="bottomLeft" activeCell="A51" sqref="A51"/>
-      <selection pane="bottomRight" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomRight" activeCell="C45" sqref="C45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.25" customWidth="1"/>
     <col min="2" max="2" width="23.25" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
     <col min="4" max="4" width="35" customWidth="1"/>
     <col min="5" max="5" width="34.875" customWidth="1"/>
     <col min="6" max="6" width="33.375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="25" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
     </row>
     <row r="2" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
     </row>
     <row r="3" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="9"/>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="26"/>
       <c r="C4" s="27"/>
       <c r="D4" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="10"/>
@@ -1066,56 +1113,52 @@
       <c r="F6" s="6"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="26"/>
       <c r="C7" s="27"/>
       <c r="D7" s="7" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="11"/>
       <c r="F7" s="6"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A8" s="17"/>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
     </row>
     <row r="9" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A9" s="17"/>
       <c r="B9" s="6"/>
-      <c r="C9" s="23" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C9" s="23"/>
+      <c r="D9" s="24"/>
       <c r="F9" s="6"/>
     </row>
     <row r="10" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>1</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A11" s="19"/>
       <c r="B11" s="4"/>
@@ -1445,67 +1488,67 @@
         <f>SUM(C11:C50)</f>
         <v>0</v>
       </c>
       <c r="D51" s="6"/>
       <c r="E51" s="6"/>
       <c r="F51" s="6"/>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.2">
       <c r="F52" s="20" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="1048572" spans="6:6" x14ac:dyDescent="0.2">
       <c r="F1048572" s="21" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="A51:B51"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B11:B50">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B11:B50" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>VatList</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:C39"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E12" sqref="E12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="36.875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="49.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C1" s="13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="14" t="s">
@@ -1759,48 +1802,48 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>PDQ</vt:lpstr>
+      <vt:lpstr>Cheques</vt:lpstr>
       <vt:lpstr>VatList</vt:lpstr>
-      <vt:lpstr>PDQ!Print_Area</vt:lpstr>
+      <vt:lpstr>Cheques!Print_Area</vt:lpstr>
       <vt:lpstr>VatList</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Oxford</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gjm</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>