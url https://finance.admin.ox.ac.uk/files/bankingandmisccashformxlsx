--- v0 (2025-10-10)
+++ v1 (2026-02-24)
@@ -3,72 +3,87 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\INVTREAS\Treasury\Chief Cashier\Web pages\Mosaic\Docs\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Treasury\Chief Cashier\Cash &amp; Banking\Forms &amp; templates\Banking\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0CE1DB7F-144C-4558-AC49-98CB09582E86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="60" yWindow="0" windowWidth="16290" windowHeight="12450" tabRatio="806"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="806" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Main Cash and Cheque Summary" sheetId="5" r:id="rId1"/>
     <sheet name="Miscellaneous Cash" sheetId="2" r:id="rId2"/>
     <sheet name="VatList" sheetId="9" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Main Cash and Cheque Summary'!$A$1:$F$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Miscellaneous Cash'!$A$1:$F$50</definedName>
     <definedName name="VatList">VatList!$A$2:$A$25</definedName>
   </definedNames>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C47" i="5" l="1"/>
   <c r="B34" i="5" s="1"/>
   <c r="E6" i="2" l="1"/>
   <c r="E3" i="2"/>
   <c r="B6" i="2"/>
   <c r="B3" i="2"/>
   <c r="B29" i="5" l="1"/>
   <c r="C30" i="5"/>
   <c r="B30" i="5" s="1"/>
   <c r="C50" i="2"/>
   <c r="B35" i="5" l="1"/>
   <c r="B36" i="5" s="1"/>
   <c r="B31" i="5"/>
   <c r="B37" i="5" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="66">
   <si>
@@ -277,69 +292,69 @@
       <t>Subject:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> List of Tax Classifications that can be used for Misc Cash</t>
     </r>
   </si>
   <si>
     <t>Check Total Items = Cash + Cheques=£0.00</t>
   </si>
   <si>
     <t>Dept Code:</t>
   </si>
   <si>
     <t>No. of bags sent:</t>
   </si>
   <si>
     <t>PO Bag Reference Number:</t>
   </si>
   <si>
-    <t>deposit bag to the Cashiers' Office. 2. Email the completed Excel form to:</t>
-[...1 lines deleted...]
-  <si>
     <t>Departmental Banking and Miscellaneous Cash form</t>
   </si>
   <si>
     <t>v 2.00</t>
   </si>
   <si>
     <t xml:space="preserve">When completed, please save this form as an Excel file on your computer and: 1. Print/send a paper copy of both sheets in your </t>
   </si>
   <si>
-    <t xml:space="preserve">banking@admin.ox.ac.uk </t>
+    <t>cashiers@admin.ox.ac.uk</t>
+  </si>
+  <si>
+    <t>deposit bag to the Income Office. 2. Email the completed Excel form to:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="6" formatCode="&quot;£&quot;#,##0;[Red]\-&quot;£&quot;#,##0"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-[$£-809]* #,##0.00_-;\-[$£-809]* #,##0.00_-;_-[$£-809]* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="dd\-mmm\-yyyy"/>
     <numFmt numFmtId="166" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="#,##0.00_ ;\-#,##0.00\ "/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
@@ -983,51 +998,51 @@
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="88">
+  <cellXfs count="89">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
@@ -1115,227 +1130,243 @@
     </xf>
     <xf numFmtId="167" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="5" borderId="39" xfId="21" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="20" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-      <protection locked="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="49" fontId="15" fillId="5" borderId="39" xfId="21" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="49" fontId="14" fillId="5" borderId="39" xfId="21" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="22">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
-    <cellStyle name="Comma 11" xfId="4"/>
-[...1 lines deleted...]
-    <cellStyle name="Comma 7" xfId="5"/>
+    <cellStyle name="Comma 11" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Comma 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Comma 7" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Hyperlink" xfId="21" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 17" xfId="6"/>
-[...14 lines deleted...]
-    <cellStyle name="Percent 3" xfId="20"/>
+    <cellStyle name="Normal 17" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="Normal 18 19" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="Normal 18 22" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="Normal 18 24" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="Normal 20" xfId="10" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="Normal 3" xfId="11" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="Normal 3 19" xfId="12" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="Normal 32" xfId="13" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="Normal 33" xfId="14" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="Normal 4" xfId="15" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="Normal 5" xfId="16" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="Normal 6" xfId="17" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="Normal 8" xfId="18" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="Normal 9" xfId="19" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="Percent 3" xfId="20" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF3333FF"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1381125</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>2266950</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>118269</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1" descr="2256_ox_brand_blue_pos.png"/>
+        <xdr:cNvPr id="2" name="Picture 1" descr="2256_ox_brand_blue_pos.png">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6048375" y="38100"/>
           <a:ext cx="885825" cy="838200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>882316</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>80209</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1858378</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>70183</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1" descr="2256_ox_brand_blue_pos.png"/>
+        <xdr:cNvPr id="2" name="Picture 1" descr="2256_ox_brand_blue_pos.png">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9835816" y="80209"/>
           <a:ext cx="976062" cy="912395"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1391,85 +1422,119 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1601,422 +1666,422 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:banking@admin.ox.ac.uk?subject=Departmental%20Banking%20Deposit%20Form:%20[Department%20Name]" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cashiers@admin.ox.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F48"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="6" ySplit="47" topLeftCell="G48" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="6" ySplit="47" topLeftCell="G62" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="G1" sqref="G1"/>
       <selection pane="bottomLeft" activeCell="A46" sqref="A46"/>
-      <selection pane="bottomRight" activeCell="B4" sqref="B4:C4"/>
+      <selection pane="bottomRight" activeCell="J32" sqref="J31:J32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="26.875" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
     <col min="3" max="3" width="15.25" customWidth="1"/>
     <col min="4" max="4" width="15.5" customWidth="1"/>
     <col min="5" max="5" width="12.125" customWidth="1"/>
     <col min="6" max="6" width="30.25" customWidth="1"/>
     <col min="7" max="7" width="13" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="57" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
     </row>
     <row r="2" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="32" t="s">
         <v>30</v>
       </c>
       <c r="B2" s="26"/>
       <c r="C2" s="26"/>
       <c r="D2" s="26"/>
       <c r="E2" s="26"/>
       <c r="F2" s="26"/>
     </row>
     <row r="3" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="32"/>
       <c r="B3" s="26"/>
       <c r="C3" s="26"/>
       <c r="D3" s="26"/>
       <c r="E3" s="26"/>
       <c r="F3" s="26"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="60" t="s">
         <v>5</v>
       </c>
-      <c r="B4" s="78"/>
-      <c r="C4" s="79"/>
+      <c r="B4" s="67"/>
+      <c r="C4" s="68"/>
       <c r="D4" s="27" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="26"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A5" s="60"/>
       <c r="B5" s="26"/>
       <c r="C5" s="26"/>
       <c r="D5" s="26"/>
       <c r="E5" s="26"/>
       <c r="F5" s="26"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A6" s="60"/>
       <c r="B6" s="26"/>
       <c r="C6" s="26"/>
       <c r="D6" s="26"/>
       <c r="E6" s="26"/>
       <c r="F6" s="26"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" s="60" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="78"/>
-      <c r="C7" s="79"/>
+      <c r="B7" s="67"/>
+      <c r="C7" s="68"/>
       <c r="D7" s="27" t="s">
         <v>8</v>
       </c>
-      <c r="E7" s="78"/>
-      <c r="F7" s="79"/>
+      <c r="E7" s="67"/>
+      <c r="F7" s="68"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A8" s="60"/>
       <c r="B8" s="36"/>
       <c r="C8" s="36"/>
       <c r="D8" s="27"/>
       <c r="E8" s="36"/>
       <c r="F8" s="36"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A9" s="60"/>
       <c r="B9" s="36"/>
       <c r="C9" s="36"/>
       <c r="D9" s="27" t="s">
         <v>58</v>
       </c>
       <c r="E9" s="11"/>
       <c r="F9" s="36"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" s="60"/>
       <c r="B10" s="36"/>
       <c r="C10" s="36"/>
       <c r="D10" s="27"/>
       <c r="E10" s="36"/>
       <c r="F10" s="36"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A11" s="60" t="s">
         <v>60</v>
       </c>
-      <c r="B11" s="78"/>
-      <c r="C11" s="79"/>
+      <c r="B11" s="67"/>
+      <c r="C11" s="68"/>
       <c r="D11" s="27" t="s">
         <v>59</v>
       </c>
       <c r="E11" s="11"/>
       <c r="F11" s="36"/>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A12" s="26"/>
       <c r="B12" s="26"/>
       <c r="C12" s="26"/>
       <c r="D12" s="26"/>
       <c r="E12" s="26"/>
       <c r="F12" s="26"/>
     </row>
     <row r="13" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="80" t="s">
-[...6 lines deleted...]
-      <c r="F13" s="82"/>
+      <c r="A13" s="69" t="s">
+        <v>63</v>
+      </c>
+      <c r="B13" s="70"/>
+      <c r="C13" s="70"/>
+      <c r="D13" s="70"/>
+      <c r="E13" s="70"/>
+      <c r="F13" s="71"/>
     </row>
     <row r="14" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="58" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B14" s="58"/>
       <c r="C14" s="58"/>
       <c r="D14" s="59"/>
-      <c r="E14" s="83" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="83"/>
+      <c r="E14" s="88" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" s="72"/>
     </row>
     <row r="15" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A15" s="70" t="s">
+      <c r="A15" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="71"/>
-      <c r="C15" s="70" t="s">
+      <c r="B15" s="79"/>
+      <c r="C15" s="78" t="s">
         <v>19</v>
       </c>
-      <c r="D15" s="72"/>
-[...1 lines deleted...]
-      <c r="F15" s="71"/>
+      <c r="D15" s="80"/>
+      <c r="E15" s="80"/>
+      <c r="F15" s="79"/>
     </row>
     <row r="16" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="28" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="29" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="28" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="30" t="s">
         <v>20</v>
       </c>
       <c r="E16" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F16" s="31"/>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" s="21">
         <v>50</v>
       </c>
       <c r="B17" s="14"/>
       <c r="C17" s="12"/>
       <c r="D17" s="4"/>
-      <c r="E17" s="76"/>
-      <c r="F17" s="77"/>
+      <c r="E17" s="65"/>
+      <c r="F17" s="66"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" s="21">
         <v>20</v>
       </c>
       <c r="B18" s="14"/>
       <c r="C18" s="12"/>
       <c r="D18" s="10"/>
-      <c r="E18" s="76"/>
-      <c r="F18" s="77"/>
+      <c r="E18" s="65"/>
+      <c r="F18" s="66"/>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" s="21">
         <v>10</v>
       </c>
       <c r="B19" s="14"/>
       <c r="C19" s="12"/>
       <c r="D19" s="4"/>
-      <c r="E19" s="76"/>
-      <c r="F19" s="77"/>
+      <c r="E19" s="65"/>
+      <c r="F19" s="66"/>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A20" s="21">
         <v>5</v>
       </c>
       <c r="B20" s="14"/>
       <c r="C20" s="12"/>
       <c r="D20" s="4"/>
-      <c r="E20" s="76"/>
-      <c r="F20" s="77"/>
+      <c r="E20" s="65"/>
+      <c r="F20" s="66"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A21" s="21">
         <v>2</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="12"/>
       <c r="D21" s="4"/>
-      <c r="E21" s="76"/>
-      <c r="F21" s="77"/>
+      <c r="E21" s="65"/>
+      <c r="F21" s="66"/>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A22" s="21">
         <v>1</v>
       </c>
       <c r="B22" s="14"/>
       <c r="C22" s="12"/>
       <c r="D22" s="4"/>
-      <c r="E22" s="76"/>
-      <c r="F22" s="77"/>
+      <c r="E22" s="65"/>
+      <c r="F22" s="66"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A23" s="22" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="12"/>
       <c r="D23" s="4"/>
-      <c r="E23" s="76"/>
-      <c r="F23" s="77"/>
+      <c r="E23" s="65"/>
+      <c r="F23" s="66"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A24" s="22" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="12"/>
       <c r="D24" s="4"/>
-      <c r="E24" s="76"/>
-      <c r="F24" s="77"/>
+      <c r="E24" s="65"/>
+      <c r="F24" s="66"/>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A25" s="22" t="s">
         <v>12</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="12"/>
       <c r="D25" s="4"/>
-      <c r="E25" s="76"/>
-      <c r="F25" s="77"/>
+      <c r="E25" s="65"/>
+      <c r="F25" s="66"/>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A26" s="22" t="s">
         <v>13</v>
       </c>
       <c r="B26" s="14"/>
       <c r="C26" s="12"/>
       <c r="D26" s="4"/>
-      <c r="E26" s="76"/>
-      <c r="F26" s="77"/>
+      <c r="E26" s="65"/>
+      <c r="F26" s="66"/>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A27" s="22" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="14"/>
       <c r="C27" s="12"/>
       <c r="D27" s="4"/>
-      <c r="E27" s="76"/>
-      <c r="F27" s="77"/>
+      <c r="E27" s="65"/>
+      <c r="F27" s="66"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A28" s="22" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="14"/>
       <c r="C28" s="12"/>
       <c r="D28" s="4"/>
-      <c r="E28" s="76"/>
-      <c r="F28" s="77"/>
+      <c r="E28" s="65"/>
+      <c r="F28" s="66"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A29" s="22" t="s">
         <v>16</v>
       </c>
       <c r="B29" s="15">
         <f>SUM(B17:B28)</f>
         <v>0</v>
       </c>
       <c r="C29" s="12"/>
       <c r="D29" s="4"/>
-      <c r="E29" s="76"/>
-      <c r="F29" s="77"/>
+      <c r="E29" s="65"/>
+      <c r="F29" s="66"/>
     </row>
     <row r="30" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A30" s="23" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="16">
         <f>C30</f>
         <v>0</v>
       </c>
       <c r="C30" s="13">
         <f>SUM(C17:C29)</f>
         <v>0</v>
       </c>
-      <c r="D30" s="73"/>
-[...1 lines deleted...]
-      <c r="F30" s="75"/>
+      <c r="D30" s="81"/>
+      <c r="E30" s="82"/>
+      <c r="F30" s="83"/>
     </row>
     <row r="31" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A31" s="41" t="s">
         <v>18</v>
       </c>
       <c r="B31" s="42">
         <f>SUM(B29:B30)</f>
         <v>0</v>
       </c>
       <c r="D31" s="38"/>
       <c r="E31" s="38"/>
       <c r="F31" s="38"/>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A32" s="37"/>
       <c r="D32" s="38"/>
       <c r="E32" s="38"/>
       <c r="F32" s="38"/>
     </row>
     <row r="33" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A33" s="65" t="s">
+      <c r="A33" s="73" t="s">
         <v>50</v>
       </c>
-      <c r="B33" s="66"/>
-[...1 lines deleted...]
-      <c r="D33" s="67"/>
+      <c r="B33" s="74"/>
+      <c r="C33" s="74"/>
+      <c r="D33" s="75"/>
       <c r="E33" s="38"/>
       <c r="F33" s="38"/>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A34" s="43" t="s">
         <v>46</v>
       </c>
       <c r="B34" s="15">
         <f>C47</f>
         <v>0</v>
       </c>
       <c r="C34" s="44" t="s">
         <v>47</v>
       </c>
       <c r="D34" s="45"/>
       <c r="E34" s="38"/>
       <c r="F34" s="38"/>
     </row>
     <row r="35" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A35" s="46" t="s">
         <v>4</v>
       </c>
       <c r="B35" s="39">
         <f>'Miscellaneous Cash'!C50</f>
         <v>0</v>
@@ -2066,176 +2131,176 @@
       <c r="E39" s="25"/>
       <c r="F39" s="25"/>
     </row>
     <row r="40" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A40" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B40" s="18" t="s">
         <v>43</v>
       </c>
       <c r="C40" s="18" t="s">
         <v>3</v>
       </c>
       <c r="D40" s="18" t="s">
         <v>26</v>
       </c>
       <c r="E40" s="18"/>
       <c r="F40" s="18" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A41" s="6"/>
       <c r="B41" s="6"/>
       <c r="C41" s="7"/>
-      <c r="D41" s="68"/>
-      <c r="E41" s="69"/>
+      <c r="D41" s="76"/>
+      <c r="E41" s="77"/>
       <c r="F41" s="6"/>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A42" s="6"/>
       <c r="B42" s="6"/>
       <c r="C42" s="7"/>
       <c r="D42" s="19"/>
       <c r="E42" s="20"/>
       <c r="F42" s="6"/>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A43" s="6"/>
       <c r="B43" s="6"/>
       <c r="C43" s="7"/>
       <c r="D43" s="19"/>
       <c r="E43" s="20"/>
       <c r="F43" s="6"/>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A44" s="6"/>
       <c r="B44" s="6"/>
       <c r="C44" s="7"/>
       <c r="D44" s="19"/>
       <c r="E44" s="20"/>
       <c r="F44" s="6"/>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A45" s="6"/>
       <c r="B45" s="6"/>
       <c r="C45" s="7"/>
-      <c r="D45" s="68"/>
-      <c r="E45" s="69"/>
+      <c r="D45" s="76"/>
+      <c r="E45" s="77"/>
       <c r="F45" s="6"/>
     </row>
     <row r="46" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A46" s="6"/>
       <c r="B46" s="6"/>
       <c r="C46" s="9"/>
-      <c r="D46" s="68"/>
-      <c r="E46" s="69"/>
+      <c r="D46" s="76"/>
+      <c r="E46" s="77"/>
       <c r="F46" s="6"/>
     </row>
     <row r="47" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A47" s="17"/>
       <c r="B47" s="17"/>
       <c r="C47" s="8">
         <f>SUM(C41:C46)</f>
         <v>0</v>
       </c>
       <c r="D47" s="17"/>
       <c r="E47" s="17"/>
       <c r="F47" s="17"/>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.2">
       <c r="F48" s="64" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
   <mergeCells count="26">
-    <mergeCell ref="E17:F17"/>
-[...8 lines deleted...]
-    <mergeCell ref="E14:F14"/>
     <mergeCell ref="A33:D33"/>
     <mergeCell ref="D41:E41"/>
     <mergeCell ref="D45:E45"/>
     <mergeCell ref="D46:E46"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C15:F15"/>
     <mergeCell ref="D30:F30"/>
     <mergeCell ref="E26:F26"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="E28:F28"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="E21:F21"/>
     <mergeCell ref="E22:F22"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="E25:F25"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="A13:F13"/>
+    <mergeCell ref="E7:F7"/>
+    <mergeCell ref="B11:C11"/>
+    <mergeCell ref="E14:F14"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="E14" r:id="rId1" display=" banking@admin.ox.ac.uk "/>
+    <hyperlink ref="E14" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="72" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F1048571"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" zoomScale="79" zoomScaleNormal="79" workbookViewId="0">
       <pane xSplit="6" ySplit="50" topLeftCell="G51" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="G1" sqref="G1"/>
       <selection pane="bottomLeft" activeCell="A51" sqref="A51"/>
       <selection pane="bottomRight" activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.25" customWidth="1"/>
     <col min="2" max="2" width="23.25" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
     <col min="4" max="4" width="35" customWidth="1"/>
     <col min="5" max="5" width="34.875" customWidth="1"/>
     <col min="6" max="6" width="33.375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="32" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
     </row>
     <row r="2" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="32"/>
       <c r="B2" s="26"/>
       <c r="C2" s="26"/>
       <c r="D2" s="26"/>
       <c r="E2" s="26"/>
       <c r="F2" s="26"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A3" s="26" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="84">
         <f>'Main Cash and Cheque Summary'!B4:C4</f>
         <v>0</v>
       </c>
       <c r="C3" s="85"/>
       <c r="D3" s="27" t="s">
@@ -2632,78 +2697,78 @@
       <c r="F48" s="6"/>
     </row>
     <row r="49" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A49" s="5"/>
       <c r="B49" s="6"/>
       <c r="C49" s="7"/>
       <c r="D49" s="6"/>
       <c r="E49" s="6"/>
       <c r="F49" s="6"/>
     </row>
     <row r="50" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="86" t="s">
         <v>51</v>
       </c>
       <c r="B50" s="87"/>
       <c r="C50" s="35">
         <f>SUM(C10:C49)</f>
         <v>0</v>
       </c>
       <c r="D50" s="26"/>
       <c r="E50" s="26"/>
       <c r="F50" s="26"/>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.2">
       <c r="F51" s="63" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1048571" spans="6:6" x14ac:dyDescent="0.2">
       <c r="F1048571" s="64" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="A50:B50"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B10:B49">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B10:B49" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>VatList</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:C39"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E12" sqref="E12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="36.875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="49.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C1" s="51" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C2" s="52" t="s">